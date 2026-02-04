--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -10,120 +10,1388 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1088" uniqueCount="444">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>Didi, Elson Luiz, Pedão, Sansio Andryele</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_01-2025_-_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>Concede Reajuste aos vencimentos de Servidores Públicos, cuja remuneração é equivalente ao salário-mínimo nacional e dá outras providências.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
-    <t>2025</t>
-[...8 lines deleted...]
-    <t>Projeto de Lei do Legislativo</t>
+    <t>Regi de Dudé</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_01-2025_-_regi.pdf</t>
+  </si>
+  <si>
+    <t>Fica instituído o dia 01 de julho, como “Dia Municipal das Lendas Futebolísticas de Parnamirim – PE” e dá outras providências.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>3</t>
   </si>
   <si>
     <t>Didi</t>
   </si>
   <si>
-    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_01_2025.pdf</t>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_01-2025_-_didi.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Parnamirim – PE, o Programa "Aluno Destaque", destinado ao incentivo e motivação para os estudos entre alunos da rede municipal de ensino fundamental.</t>
   </si>
   <si>
-    <t>3</t>
+    <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
+    <t>Nego Aurélio</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_01-2025_-_aurelio.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Travessa Bartolomeu Romão, a Rua que faz ligamento entre a Rua Dr. Dirceu Possídio e a Rua Antônio Lustosa Oliveira Cabral na Sede do Município de Parnamirim – PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Pedão</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_01-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a disponibilização de ambulâncias em eventos que envolvam aglomeração de pessoas, no âmbito do Município de Parnamirim–PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Sansio Andryele</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_01-2025_-_andryele.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reconhecimento da Utilidade Pública de Associações Rurais, e dá outras providências correlatas.</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Galego Carvalho, José Bispo, Maria Edineusa, Nego Aurélio</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_conjunto_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a “Lei Pedrinho de Sá” que dispõe sobre a obrigatoriedade da contratação mínima de 25% (Vinte e Cinco por cento) de artista locais em manifestações culturais e/ou eventos artísticos, culturais, musicais, exposições, shows e similares que possuam verbas públicas, inclusive a Festa de Sant’Ana.</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Parnamirim – PE, a Semana Municipal de Educação antidrogas e Prevenção ao Uso de Entorpecentes na Adolescência, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_02-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PRESENÇA DE BOMBEIROS CIVIS EM EVENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE PARNAMIRIM – PE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Elson Luiz</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_resolucao_01-2025_-_elson.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Parnamirinense ao Sr. Fabio Kerleison Peixoto de Souza Alencar.</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Didi, Edivan Falcão, Elson Luiz, Francisco Soelio, Galego Carvalho, José Bispo, Maria Edineusa, Nego Aurélio, Pedão, Regi de Dudé, Sansio Andryele</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_resolucao_conjunto_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Parnamirinense ao Sr. Manoel Mendes Oliveira Neto._x000D_
+_x000D_
+REF. PROJETO DE RESOLUÇAO CONJ. Nº 01</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_resolucao_01-2025_-_andryele.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Parnamirinense, a Sra. Roseli da Silva Ferreira, e da outras providências correlatas.</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_resolucao_02-2025_-_elson.pdf</t>
+  </si>
+  <si>
+    <t>Concede a MEDALHA DE HONRA, à Estação de Agricultura Irrigada de Parnamirim (EAIP), Universidade Federal Rural de Pernambuco – Campus Avançado de Parnamirim, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_resolucao_02-2025_-_regi.pdf</t>
+  </si>
+  <si>
+    <t>Concede a MEDALHA DE HONRA ao Professor Francisco Eduardo Gomes Mororó, pelos relevantes serviços prestados à educação física e ao esporte no Estado de Pernambuco, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_de_pesar_01_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através do Exmo. Vereador e Presidente – Wanderlan Queiroz Leite (Pedão), externa aos Familiares de Francisco Fernando Rocha Lima (Fefe), na Pessoa de sua esposa, filhos e demais familiares, as suas mais sentidas CONDOLÊNCIAS pelo seu falecimento.</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/7/mocao_de_pesar_02_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através do Exmo. Vereador e Presidente – Wanderlan Queiroz Leite (Pedão), externa aos Familiares de Edmilson Ferreira dos Santos (Dema), na Pessoa de sua esposa, filhos e demais familiares, as suas mais sentidas CONDOLÊNCIAS pelo seu falecimento.</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/8/mocao_de_pesar_03_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através do Exmo. Vereador e Presidente – Wanderlan Queiroz Leite (Pedão), externa aos Familiares de Maria Neuza de Araújo (Dona Neuza), na Pessoa de suas filhas, netos e demais familiares, as suas mais sentidas CONDOLÊNCIAS pelo seu falecimento.</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/19/mocao_de_pesar_04_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através do Exmo. Vereador e Presidente – Wanderlan Queiroz Leite (Pedão), externa aos Familiares de Francisco Antônio das Neves (Antônio Gabriel), as suas mais sentidas CONDOLÊNCIAS pelo seu falecimento.</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/22/mocao_de_pesar_conjunta_02.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Tiago Filho Freire Bium (Tiago Filho) na pessoa de seus familiares, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Didi, Edivan Falcão, Elson Luiz, Francisco Soelio, Galego Carvalho, José Bispo, Maria Edineusa, Nego Aurélio, Pedão, Sansio Andryele, Regi de Dudé</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_pesar_conjunta_03.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Francisco Miguel Nunes (Tantir), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_de_pesar_conjunta_04.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Espedito Batista de Araújo (Sinhôzinho Meliano) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/25/mocao_de_pesar_conjunta_05.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Sebastião Emanuel da Silva (Tabinga) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_de_pesar_conjunta_10.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Cicera Teles da Silva, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/15/mocao_de_pesar_conjunta_11.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Cicera Cleonice Oliveira, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_pesar_conjunta_12.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Maria Creuza Dias Magalhães, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/29/mocao_de_pesar_conjunta_13.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Maria das Graças Pereira, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_de_pesar_conjunta_14.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Francisco Rodrigues de Vasconcelos, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_pesar_conjunta_15.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Evaní de Castro Barros, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/34/mocao_de_pesar_conjunta_16.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares e amigos de Alexsandro Freire Lima, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/35/mocao_de_pesar_conjunta_17.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Francisca Maria da Silva Agra, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_pesar_conjunta_18.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares da Senhora SEBASTIANA EVANGELISTA MENDES (DONA TÂNIA), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_de_pesar_conjunta_19.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares da Senhora HILDA LEONIDIA DE BARROS SANTOS (HILDA DE ARNALDO), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/43/mocao_de_pesar_conjunta_20.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de SIMONE CONCEIÇÃO CORDEIRO LUNA, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/44/mocao_de_pesar_conjunta_21.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de FRANCISCO PEREIRA PAZ (Xico de Aurélio), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/45/mocao_de_pesar_conjunta_22.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de JOÃO PAULINO DOS SANTOS (João de Nano), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/46/mocao_de_pesar_conjunta_23.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, por meio de seus membros, manifesta profundo pesar pelo falecimento da Senhora Maria Adalva Lustosa de Alencar (Dona Adalva), estendendo aos seus familiares nossas mais sinceras condolências.</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_de_pesar_conjunta_37.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Valdemar Francisco dos Santos (Demar Gato), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/48/mocao_de_pesar_conjunta_38.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, por meio de seus membros, manifesta profundo pesar pelo falecimento da Senhora Ana Maria do Nascimento (Dona Nicota), estendendo aos seus familiares nossas mais sinceras condolências.</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_pesar_conjunta_39.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Jaelson Freire de Castro Agra, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_de_pesar_conjunta_40.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, por meio de seus membros, manifesta profundo pesar pelo falecimento da Senhora Maria Nilzete Davi, estendendo aos seus familiares nossas mais sinceras condolências.</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/51/mocao_de_pesar_conjunta_41.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Francisco Soares de Oliveira (Michico), as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_de_pesar_conjunta_42.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos Familiares de Luiz Aleixo da Costa, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/53/mocao_de_pesar_conjunta_43.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Maria Osinete Dantas Lima, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_de_pesar_conjunta_44.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Gregório Freire Neto, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_pesar_conjunta_45.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de José Ribeiro da Silva, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/56/mocao_de_pesar_conjunta_46.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Maria Sandra Alves dos Santos, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/57/mocao_de_pesar_conjunta_47.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Maria Cordulina de Sá – Bilior, as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/58/mocao_de_pesar_conjunta_48.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de José Paulino de Souza (Zé de Nanô) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/59/mocao_de_pesar_conjunta_49.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Dércio Lima Angelim (Dedeto) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_conjunta_50.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de André Rodrigues de Souza as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_de_pesar_conjunta_51.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de José Nelson da Silva (Dé) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_de_pesar_conjunta_52.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Erizeuda Damiana dos Santos (Ninha de Zunga) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/63/mocao_de_pesar_conjunta_53.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Agripino José do Santos as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/64/mocao_de_pesar_conjunta_54.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Francisca Lopes de Souza (Dona Francisca) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/65/mocao_de_pesar_conjunta_55.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Sebastião Batista dos Santos (Sargento Batista) as mais sinceras CONDOLÊNCIAS pelo seu falecimento.</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/66/mocao_de_pesar_conjunta_56.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Enoque Neves de Lima (Seu Enoque) as nossas mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/67/mocao_de_pesar_conjunta_57.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Rozilda Peixoto de Alencar (Dona Rosa) as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/68/mocao_de_pesar_conjunta_58.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Elias Cordeiro Lima as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/69/mocao_de_pesar_conjunta_59.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Francisco das Chagas Alves da Silva as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_conjunta_60.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Sebastião João de Carvalho as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/71/mocao_de_pesar_conjunta_61.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Antônio José da Silva as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/72/mocao_de_pesar_conjunta_62.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Jackson Raimundo Pereira as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/73/mocao_de_pesar_conjunta_63.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Pedro Cavalcante de Oliveira (Pedro de Paulo) as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/74/mocao_de_pesar_conjunta_64.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Rosa de Fátima dos Santos as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/75/mocao_de_pesar_conjunta_65.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Maria de Lurdes as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/76/mocao_de_pesar_conjunta_66.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de José Gomes (Zé Gomes) as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/77/mocao_de_pesar_conjunta_67.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Vereadores de Parnamirim, Estado de Pernambuco, através dos seus membros, externa aos familiares de Marcolino Santunino de Menezes as mais sentidas CONDOLÊNCIAS.</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/78/mocao_de_aplauso_conjunta_01.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à Sra. Andrea Batista, idealizadora do projeto “Elas+ Corrida”, pela relevante iniciativa de promoção à saúde feminina, incentivo à participação das mulheres no esporte e fortalecimento do empoderamento feminino no Município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/79/mocao_de_aplauso_01_pedao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Wanderlan Queiroz Leite (Pedão), no uso de suas atribuições legais e regimentais, e considerando o papel social do Poder Legislativo de reconhecer e valorizar cidadãos que contribuem de forma significativa para o desenvolvimento local, apresenta à apreciação do Plenário a presente MOÇÃO DE APLAUSO ao Sr. Itamar de Oliveira Lima, em reconhecimento à sua trajetória de vida, dedicação ao trabalho e relevantes serviços prestados à comunidade parnamirinense.</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/80/mocao_de_aplauso_02_pedao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Wanderlan Queiroz Leite (Pedão), no uso de suas atribuições legais e regimentais, e considerando o papel social do Poder Legislativo de reconhecer e valorizar pessoas que contribuam de forma significativa com o serviço público e com a comunidade, apresenta à apreciação do Plenário a presente MOÇÃO DE APLAUSO à Sra. Elissa Deimling de Santana, pelos relevantes serviços prestados ao município de Parnamirim – PE durante o período em que atuou junto ao Tribunal Regional Eleitoral de Pernambuco (TRE-PE).</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_aplauso_conjunta_02.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso à Ordem Demolay – Parnamirim – PE, Capítulo Irmão Zequinha nº 754, pela conquista do Desafio Estadual de Filantropia e Certificado de Referência Estadual (Certificado Ouro).</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_aurelio_01_-_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer, conforme art. 52,IV, do Regimento Inteno_x000D_
+dessa Casa de Leis, que o Projeto de Lei nº 006/2025 seja retirado_x000D_
+de pauta.</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_aurelio_02_-_2.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo esclarecimentos acerca do _x000D_
+Portal da Transparência da Prefeitura Municipal de Parnamirim – PE e dá outras providências</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_aurelio_03_-_3.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo, através das suas  secretarias e do Gabinete do Prefeito, informações acerca da frota de veículos próprios e locados à Municipalidade e dá outras providências.</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_01_aurelio_neusa_galego_subira_-_4.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscrevem, vem requer ao Poder Executivo que faça o reajuste do vencimento base de todos os servidores do executivo municipal ativos, aposentados e pensionistas, que desde 2022 encontra-se sem qualquer aumento, excluído os professores da Secretaria de Educação, Agentes de Saúde e de Endemias que possuem um piso próprio estabelecido.</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_02_aurelio_neusa_galego_subira_-_5.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscrevem, vem requer ao Poder Executivo que faça o reajuste residual do piso base dos professores da Secretaria de Educação, incidente para ativos, aposentados e pensionistas, no percentual de 14,98%, que desde 2022 estão defasados.</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_03_aurelio_neusa_galego_subira_-_6.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscrevem, vem requer ao Poder Executivo Municipal que encaminhe para essa referida Casa Legislativa a relação dos servidores que estão em cargos comissionados e cedidos da Secretaria de Educação, constando na relação o nome completo, função e os salários com todas as vantagens pessoais e de caráter geral.</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_04_aurelio_neusa_galego_subira_-_7.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscrevem, vem requer ao Poder Executivo Municipal que encaminhe para essa referida Casa Legislativa a relação de todos os veículos locados por Secretaria e Gabinete do Prefeito, como marca, modelo, ano de fabricação, placa, valor da locação, localidade e atividade de prestação de serviço, se estão usando algum adesivo que os caracteriza em serviço público, além do nome da Empresa de Locação e o processo de Licitação</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_05_aurelio_neusa_galego_subira_-_8.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscrevem, vem requer ao Poder Executivo que encaminhe para essa Casa Legislativa o Projeto de Lei de reestruturação e fusão da carreira de auxiliares e técnicos dos servidores da Saúde.</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Maria Edineusa, Nego Aurélio</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_conjunto_01_-_9.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo a disponibilização de dois caminhões-pipa por semana para ajudar no abastecimento de água do Povoado_x000D_
+Matias, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
+    <t>Maria Edineusa</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar meios para consertar os bueiros danificados e estourados, no povoado do Matias.</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_01-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para disponibilizar, um Endocrinologista ao Centro de Especialidades Médicas.</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_03-2025_-_aurelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para instalar a iluminação pública no bairro Vilanir Cabral.</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_01-2025_-_aurelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para adequar à Lei Federal 15.014/2024, que garante o pagamento de despesas de locomoção para agentes comunitários de saúde e agentes comunitários de combate a endemias, que utilizam veículos próprios no trabalho, no âmbito do município de Parnamirim.</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_02-2025_-_aurelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para que os agentes comunitários de saúdes possam voltar a atuar em todas as localidades da zona rural do município de Parnamirim.</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_02-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para disponibilizar uma ambulância para o povoado do Matias.</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_02-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar meios para a implementação de um quebra-molas na Rua Roderico Amando Agra.</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_02-2025_-_regi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para finalizar o calçamento na Vila Nova, no povoado da Quixaba, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_01-2025_-_elson.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a implementação da iluminação pública nos assentamentos Nova Vida, São Pedro, Abel Moreira, Valeriano Dias, Né Laranjeira, Miguel Bernado, Entremontes, assim como nos Povoados do Jacaré, Matias e distrito da Veneza, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_03-2025_-_elson.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um veemente apelo a Exma. Sra. Raquel Lyra – Governadora do Estado de Pernambuco, ao Exmo. Sr. Diogo Bezerra – Secretário Estadual de Mobilidade e Infraestrutura, ao Exmo. Sr. Diretor Presidente Rivaldo Rodrigues do DER-PE, a Exma. Sra. Deputada Estadual Debora Almeida, para que possam encaminhar uma equipe técnica para Recuperar a Via de 750 m, que dá acesso ao Distrito da Veneza, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_04-2025_-_elson.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um veemente apelo a Exma. Sra. Raquel Lyra – Governadora do Estado de Pernambuco, ao Exmo. Sr. Diogo Bezerra – Secretário Estadual de Mobilidade e Infraestrutura, ao Exmo. Sr. Diretor Presidente Rivaldo Rodrigues do DER-PE, a Exma. Sra. Deputada Estadual Debora Almeida, para que possam encaminhar uma equipe técnica para viabilizar a pavimentação asfáltica, do acesso a Escola Municipal Domiciano Balbino, localizada no Povoado Jacaré, área rural do município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
     <t>José Bispo</t>
   </si>
   <si>
-    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_04_2025.pdf</t>
-[...3 lines deleted...]
-Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a Reforma e construção de banheiros no Grupo da Chapada, no município de Parnamirim – PE.</t>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_01-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a Reforma do Calçadão da Quixaba, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_02-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para disponibilizar 2 ambulâncias para as regiões do Barro, Quixaba, Poço Cercado, Ribeira da Volta, Maxixe, Arapuá, Fazenda Nova, Favela, Valeriano 1 e 2, assim como para o assentamento Nova Vida e demais regiões circunvizinhas.</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_03-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de buscar meios para realizar a Extensão do Posto de atendimento na região do Maxixe, na zona rural do município de Parnamirim.</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_01-2025_-_andryele.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à mesa depois de ouvido o soberano plenário e na forma regimental, que seja enviado um apelo, ao Ilmo. Sr. ALEX CAMPOS – PRESIDENTE DA COMPESA, solicitando o indispensável apoio a Indicação que se coaduna, no sentido de determinar ao setor competente a elaboração de estudos/projetos e adoção de providências no sentido de melhoramento no Abastecimento de água, nas Comunidades do: São Domingos, São Joaquim e Coco Verde, área rural do nosso Município, pelas razões que expõe, como segue.</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_04-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a Reforma e construção de banheiros no Grupo da Chapada, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_05-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a ampliação do cemitério na região da Icaiçara, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_04-2025_-_aurelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de destinar uma equipe para realizar serviços no povoado da Quixaba, onde executem capinação, recuperação da iluminação e recuperação da pavimentação, todos serviços essenciais para o bem-estar da população parnamirinense.</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Edivan Falcão</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_01-2025_-_edivan.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e a Exma. Sra. Secretária de Educação, Denilva Peixoto, no sentido de viabilizar veículo tipo Van, para ir aos sábados a Salgueiro, com os estudantes de cursos técnicos, ensino superior, pós-graduação e preparatórios (cursinhos).</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_03-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar meios para a instalação do sistema de iluminação no Campo Municipal.</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_04-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a reforma do cemitério na região do Povoado Jacaré, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_05-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para instalar a iluminação pública em diversas áreas no Povoado Jacaré.</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_conjunta_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a construção de banheiros públicos na quadra municipal do Município de Parnamirim.</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Francisco Soelio</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_01-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para instalar iluminação pública nas ruas próximas ao cemitério do povoado de São Domingos, zona rural de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_02-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de viabilizar, com urgência, o conserto das estradas vicinais que dão acesso às localidades de Tigre, Furnas, Pau Seco, Mandacaru, Olho d’Água e Chapéu, todas situadas na zona rural de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_06-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para instalar iluminação pública no povoado Poço do Fumo.</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_06-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a criação de uma praça pública na região da Icaiçara, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a criação de uma praça pública na região do Cocho, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_08-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Secretário de Infraestrutura, Sr. Herivelton Agra Barros, no sentido de buscar meios para a construção de uma quadra poliesportiva na região do Arapuá, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_06-2025_-_regi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para instalar iluminação pública nas localidades de Surubim, Alferes, Timbaúba, Vazia da Porteiras, Riacho da Roça e São Joaquim, zona rural de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_conjunta_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Desenvolvimento Rural, no sentido de adotar providências urgentes para melhorias na estrutura da Feira de Animais de Parnamirim – PE, incluindo a instalação de iluminação adequada, serviços regulares de capinação e limpeza, recuperação dos chiqueiros, reparo da cerca, bem como a designação de um vigia noturno para garantir a segurança do local fora do horário de funcionamento, e demais medidas necessárias ao pleno funcionamento do espaço.</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_04-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado este apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura Herivelton Agra Barros, para que seja realizada uma audiência pública com os moradores do Povoado Matias, com o objetivo de tratar sobre as obras que serão iniciadas na Casa da Feira, considerando que o referido espaço é de grande importância para a comunidade local, abrigando diversas atividades essenciais aos moradores da região.</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_05-2025_-_regi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado este apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura Herivelton Agra Barros, para que seja providenciada a implantação de gramado no campo de futebol Martinho da Costa Agra, localizado no Centro do município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_03-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de viabilizar, com urgência, o roço e o conserto da estrada vicinal que liga as localidades de Água Branca, Pereiros, Sipaúba e Salinas, situadas na zona rural de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_04-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, para instalação de iluminação pública nos bairros rurais e urbanos próximos à sede municipal, especialmente no bairro do Belmonte, Vila Eduardo, Loteamento João Filho, Loteamento Primavera (Dinda) e Loteamento Aurora, incluindo o corredor da Barragem da Rua e o acesso ao Loteamento Rocha pela Ponte Velha.</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_05-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, solicitando a elaboração de um projeto sanitário para a localidade do Coco Verde, contemplando a implantação de rede de escoamento sanitário e fossa comunitária.</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_06-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Esta proposição visa atender à necessidade dos moradores da comunidade do Coco Verde, às margens da BR 316, que enfrentam dificuldades constantes no acesso à água. A transformação do tanque já existente em uma cisterna comunitária representa uma solução prática e de baixo custo para o problema de abastecimento hídrico na localidade.</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_07-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros e o Exmo. Sr. Secretário de Cultura, Turismo e Esporte, Donizete Batista, no sentido de que seja realizado um estudo técnico no município, visando a possibilidade de instalação de sistemas de iluminação nos campos públicos de futebol localizados nas comunidades de Massapê, Olho d’Água, São Domingo, São Joaquim, Quixaba, Barro, Ribeira da Volta, Arapuá, Jacaré, Região da Floresta, Matias, Caatinga Grande, Boi de Carvalho, Sipaúba, Pereiros, Baixa dos Cambões, Poço Cercado, Corcoçó, Assentamentos e demais comunidades rurais.</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_01-2025_-_didi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Herivelton Agra Barros, Secretário Municipal de Infraestrutura, no sentido de viabilizar a construção de lombadas/redutores de velocidade nas seguintes vias do povoado Barro: Rua São Sebastião, Rua São Francisco e Rua da Matriz.</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_08-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito, Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Saúde, Iago Angelim, no sentido de que seja criado um ponto de atendimento do SAMU – Serviço de Atendimento Móvel de Urgência, no bairro Nossa Senhora de Fátima (COHAB), município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_09-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito, Lucélio Múcio Moura Angelim, ao Exmo. Sr. Secretário de Saúde, Iago Angelim, e ao Exmo. Sr. Secretário de Des. Social, Lucas Mendes, no sentido de que seja criado a “Creche do Idoso”, no município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_10-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim, e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, no sentido de buscar formas para realizar terraplanagem no espaço às margens da BR-316, em frente ao restaurante de Maria de Ferreirão e demais comerciantes, com o intuito de beneficiando todos os comerciantes locais e favorecendo o comércio na região.</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_11-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à mesa, depois de ouvido o plenário e obedecidas às normas regimentais, que seja enviado um apelo à COMPESA, no sentido de tomar providências para a construção da adutora do Mororó, que já foi prometida, mas até o momento não foi realizada, garantindo o abastecimento de água na região.</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_08-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura, Herivelton Agra Barros, solicitando a reforma e melhoria do acesso ao Bairro Dezinho Ângelo, bem como a implementação de iluminação pública no referido trecho.</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado este apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura Herivelton Agra Barros, para que sejam adotadas as devidas providências no sentido de promover a instalação e substituição de iluminação pública nos Assentamentos, no Campo de Futebol Society do Açude Velho e no Povoado Matias, considerando que em alguns locais não existe iluminação e em outros a iluminação é precária, com lâmpadas em mau estado de clareamento.</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_06-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado este apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura Herivelton Agra Barros, para que sejam adotadas as providências necessárias no sentido de realizar a cobertura da Quadra Poliesportiva da comunidade da Floresta, bem como a reforma e cobertura da Quadra do Povoado Matias, possibilitando que esses espaços se tornem mais acolhedores e adequados não apenas para a prática esportiva, mas também para a realização de outros tipos de eventos sociais e comunitários.</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_07-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado este apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário de Infraestrutura Herivelton Agra Barros, para que sejam adotadas as providências necessárias no sentido de realizar o calçamento da Rua Terezinha Alves de Alencar, no Povoado Matias, tendo em vista as más condições de tráfego e as dificuldades enfrentadas diariamente pelos moradores e demais usuários.</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_03-2025_-_didi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja enviado um apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Lucas Mendes, Secretário Municipal de Desenvolvimento Social, para que, quando houver a implementação da Cozinha Comunitária do Matias, o espaço seja oficialmente denominado de “Cozinha Comunitária – Antônia Maria da Silva (Toinha Baita)”.</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_11-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, depois de ouvido o plenário e obedecidas as normas regimentais, que seja enviado Apelo ao Departamento Nacional de Infraestrutura de Transportes – DNIT, no sentido de que seja providenciada a construção de dois (02) redutores de velocidade (quebra-molas) na BR-316, na altura do Povoado Quixaba, neste município, sendo um na chegada e outro na saída do referido povoado.</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_12-2025_-_subira.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, depois de ouvido o plenário e obedecidas as normas regimentais, que seja enviado apelo ao Exmo. Sr. Prefeito Municipal Lucélio Múcio Moura Angelim e ao Exmo. Sr. Secretário Municipal de Infraestrutura, Herivelton Agra Barros, no sentido de que seja providenciada a construção de redutores de velocidade (quebra-molas), sendo um (01) na altura da Igreja Matriz do Povoado Quixaba e dois (02) na Rua Principal da Vila do Cocho, neste município.</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_09-2025_-_soelio.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo a COMPESA – Companhia Pernambucana de Saneamento, solicitando a execução do serviço de encanação de água para o Loteamento Aurora, neste município de Parnamirim – PE.</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_04-2025_-_didi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Iago Angelim, Secretário Municipal de Saúde, solicitando a reforma da Escola da Chapada, com o objetivo de adequar o espaço para atendimentos médicos à população da comunidade.</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_05-2025_-_didi.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Iago Angelim, Secretário Municipal de Saúde, solicitando que sejam disponibilizados atendimentos médicos duas vezes por semana para os moradores do Povoado Floresta e comunidades vizinhas.</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_08-2025_-_neusa.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Herivelton Agra Barros, Secretário Municipal de Infraestrutura, solicitando que seja disponibilizada uma caçamba para o recolhimento de lixo na comunidade do Matias, bem como o desenvolvimento de ações voltadas ao combate à prática de queima de lixo na região.</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_12-2025_-_pedao.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, após ouvido o Plenário e obedecidas as normas regimentais, que seja encaminhado apelo ao Exmo. Sr. Prefeito Lucélio Múcio Moura Angelim e ao Exmo. Sr. Herivelton Agra Barros, Secretário Municipal de Infraestrutura, solicitando que seja realizada a pavimentação e melhoria da Rua Maestro Edvaldo França, localizada no bairro Walter Cruz.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -427,69 +1695,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/3/indicacao_04_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_01-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_01-2025_-_regi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_01-2025_-_didi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_01-2025_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_01-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_01-2025_-_andryele.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_conjunto_02-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_02-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_resolucao_01-2025_-_elson.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_resolucao_conjunto_01-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_resolucao_01-2025_-_andryele.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_resolucao_02-2025_-_elson.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_resolucao_02-2025_-_regi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_de_pesar_01_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/7/mocao_de_pesar_02_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/8/mocao_de_pesar_03_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/19/mocao_de_pesar_04_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/22/mocao_de_pesar_conjunta_02.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_pesar_conjunta_03.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_de_pesar_conjunta_04.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/25/mocao_de_pesar_conjunta_05.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/26/mocao_de_pesar_conjunta_10.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/15/mocao_de_pesar_conjunta_11.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/27/mocao_de_pesar_conjunta_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/29/mocao_de_pesar_conjunta_13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_de_pesar_conjunta_14.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/33/mocao_de_pesar_conjunta_15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/34/mocao_de_pesar_conjunta_16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/35/mocao_de_pesar_conjunta_17.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/37/mocao_de_pesar_conjunta_18.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_de_pesar_conjunta_19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/43/mocao_de_pesar_conjunta_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/44/mocao_de_pesar_conjunta_21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/45/mocao_de_pesar_conjunta_22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/46/mocao_de_pesar_conjunta_23.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_de_pesar_conjunta_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/48/mocao_de_pesar_conjunta_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_de_pesar_conjunta_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_de_pesar_conjunta_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/51/mocao_de_pesar_conjunta_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_de_pesar_conjunta_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/53/mocao_de_pesar_conjunta_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_de_pesar_conjunta_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/55/mocao_de_pesar_conjunta_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/56/mocao_de_pesar_conjunta_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/57/mocao_de_pesar_conjunta_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/58/mocao_de_pesar_conjunta_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/59/mocao_de_pesar_conjunta_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_de_pesar_conjunta_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_de_pesar_conjunta_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_de_pesar_conjunta_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/63/mocao_de_pesar_conjunta_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/64/mocao_de_pesar_conjunta_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/65/mocao_de_pesar_conjunta_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/66/mocao_de_pesar_conjunta_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/67/mocao_de_pesar_conjunta_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/68/mocao_de_pesar_conjunta_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/69/mocao_de_pesar_conjunta_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/70/mocao_de_pesar_conjunta_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/71/mocao_de_pesar_conjunta_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/72/mocao_de_pesar_conjunta_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/73/mocao_de_pesar_conjunta_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/74/mocao_de_pesar_conjunta_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/75/mocao_de_pesar_conjunta_65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/76/mocao_de_pesar_conjunta_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/77/mocao_de_pesar_conjunta_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/78/mocao_de_aplauso_conjunta_01.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/79/mocao_de_aplauso_01_pedao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/80/mocao_de_aplauso_02_pedao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/81/mocao_de_aplauso_conjunta_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_aurelio_01_-_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_aurelio_02_-_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_aurelio_03_-_3.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_01_aurelio_neusa_galego_subira_-_4.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_02_aurelio_neusa_galego_subira_-_5.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_03_aurelio_neusa_galego_subira_-_6.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_04_aurelio_neusa_galego_subira_-_7.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_05_aurelio_neusa_galego_subira_-_8.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_conjunto_01_-_9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_01-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_03-2025_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_01-2025_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_02-2025_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_02-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_02-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_02-2025_-_regi.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_01-2025_-_elson.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_03-2025_-_elson.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_04-2025_-_elson.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_01-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_02-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_03-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_01-2025_-_andryele.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_04-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_05-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_04-2025_-_aurelio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_01-2025_-_edivan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_03-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_04-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_05-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_conjunta_02-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_01-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_02-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_06-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_06-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_08-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_06-2025_-_regi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_conjunta_03-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_04-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_05-2025_-_regi.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_03-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_04-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_05-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_06-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_07-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_01-2025_-_didi.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_08-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_09-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_10-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_11-2025_-_pedao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_08-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_06-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_07-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_03-2025_-_didi.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_11-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_12-2025_-_subira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_09-2025_-_soelio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_04-2025_-_didi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_05-2025_-_didi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_08-2025_-_neusa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parnamirim.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_12-2025_-_pedao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="10.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="180.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="129.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -511,69 +1779,3660 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="1" t="s">
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>27</v>
+      </c>
+      <c r="D19" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H20" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" t="s">
+        <v>60</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
+      <c r="E24" t="s">
+        <v>73</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H24" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H25" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" t="s">
+        <v>72</v>
+      </c>
+      <c r="E26" t="s">
+        <v>73</v>
+      </c>
+      <c r="F26" t="s">
+        <v>60</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H26" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" t="s">
+        <v>60</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" t="s">
+        <v>73</v>
+      </c>
+      <c r="F28" t="s">
+        <v>60</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H28" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>112</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" t="s">
+        <v>72</v>
+      </c>
+      <c r="E29" t="s">
+        <v>73</v>
+      </c>
+      <c r="F29" t="s">
+        <v>60</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H29" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H30" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H31" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" t="s">
+        <v>72</v>
+      </c>
+      <c r="E32" t="s">
+        <v>73</v>
+      </c>
+      <c r="F32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H32" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" t="s">
+        <v>73</v>
+      </c>
+      <c r="F33" t="s">
+        <v>60</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H33" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>127</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" t="s">
+        <v>72</v>
+      </c>
+      <c r="E34" t="s">
+        <v>73</v>
+      </c>
+      <c r="F34" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H34" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" t="s">
+        <v>72</v>
+      </c>
+      <c r="E35" t="s">
+        <v>73</v>
+      </c>
+      <c r="F35" t="s">
+        <v>60</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H35" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>133</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" t="s">
+        <v>72</v>
+      </c>
+      <c r="E36" t="s">
+        <v>73</v>
+      </c>
+      <c r="F36" t="s">
+        <v>60</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H36" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>136</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F37" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H37" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>139</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" t="s">
+        <v>72</v>
+      </c>
+      <c r="E38" t="s">
+        <v>73</v>
+      </c>
+      <c r="F38" t="s">
+        <v>60</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H38" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>69</v>
+      </c>
+      <c r="D39" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" t="s">
+        <v>73</v>
+      </c>
+      <c r="F39" t="s">
+        <v>60</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H39" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>145</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>127</v>
+      </c>
+      <c r="D40" t="s">
+        <v>72</v>
+      </c>
+      <c r="E40" t="s">
+        <v>73</v>
+      </c>
+      <c r="F40" t="s">
+        <v>60</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H40" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>148</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>130</v>
+      </c>
+      <c r="D41" t="s">
+        <v>72</v>
+      </c>
+      <c r="E41" t="s">
+        <v>73</v>
+      </c>
+      <c r="F41" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H41" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>151</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>133</v>
+      </c>
+      <c r="D42" t="s">
+        <v>72</v>
+      </c>
+      <c r="E42" t="s">
+        <v>73</v>
+      </c>
+      <c r="F42" t="s">
+        <v>60</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H42" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>154</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>136</v>
+      </c>
+      <c r="D43" t="s">
+        <v>72</v>
+      </c>
+      <c r="E43" t="s">
+        <v>73</v>
+      </c>
+      <c r="F43" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H43" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>157</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>139</v>
+      </c>
+      <c r="D44" t="s">
+        <v>72</v>
+      </c>
+      <c r="E44" t="s">
+        <v>73</v>
+      </c>
+      <c r="F44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H44" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>160</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>142</v>
+      </c>
+      <c r="D45" t="s">
+        <v>72</v>
+      </c>
+      <c r="E45" t="s">
+        <v>73</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H45" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>163</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" t="s">
+        <v>73</v>
+      </c>
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H46" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>166</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>148</v>
+      </c>
+      <c r="D47" t="s">
+        <v>72</v>
+      </c>
+      <c r="E47" t="s">
+        <v>73</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H47" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>169</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48" t="s">
+        <v>72</v>
+      </c>
+      <c r="E48" t="s">
+        <v>73</v>
+      </c>
+      <c r="F48" t="s">
+        <v>60</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H48" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>172</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" t="s">
+        <v>72</v>
+      </c>
+      <c r="E49" t="s">
+        <v>73</v>
+      </c>
+      <c r="F49" t="s">
+        <v>60</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H49" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>175</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" t="s">
+        <v>72</v>
+      </c>
+      <c r="E50" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" t="s">
+        <v>60</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H50" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>178</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>160</v>
+      </c>
+      <c r="D51" t="s">
+        <v>72</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H51" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>181</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>163</v>
+      </c>
+      <c r="D52" t="s">
+        <v>72</v>
+      </c>
+      <c r="E52" t="s">
+        <v>73</v>
+      </c>
+      <c r="F52" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H52" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>184</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>166</v>
+      </c>
+      <c r="D53" t="s">
+        <v>72</v>
+      </c>
+      <c r="E53" t="s">
+        <v>73</v>
+      </c>
+      <c r="F53" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H53" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>187</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>169</v>
+      </c>
+      <c r="D54" t="s">
+        <v>72</v>
+      </c>
+      <c r="E54" t="s">
+        <v>73</v>
+      </c>
+      <c r="F54" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H54" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>190</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>172</v>
+      </c>
+      <c r="D55" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" t="s">
+        <v>73</v>
+      </c>
+      <c r="F55" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H55" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>193</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>175</v>
+      </c>
+      <c r="D56" t="s">
+        <v>72</v>
+      </c>
+      <c r="E56" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" t="s">
+        <v>60</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H56" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>196</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>178</v>
+      </c>
+      <c r="D57" t="s">
+        <v>72</v>
+      </c>
+      <c r="E57" t="s">
+        <v>73</v>
+      </c>
+      <c r="F57" t="s">
+        <v>60</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H57" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>199</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>181</v>
+      </c>
+      <c r="D58" t="s">
+        <v>72</v>
+      </c>
+      <c r="E58" t="s">
+        <v>73</v>
+      </c>
+      <c r="F58" t="s">
+        <v>60</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H58" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>202</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>184</v>
+      </c>
+      <c r="D59" t="s">
+        <v>72</v>
+      </c>
+      <c r="E59" t="s">
+        <v>73</v>
+      </c>
+      <c r="F59" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H59" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>205</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>187</v>
+      </c>
+      <c r="D60" t="s">
+        <v>72</v>
+      </c>
+      <c r="E60" t="s">
+        <v>73</v>
+      </c>
+      <c r="F60" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H60" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>208</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>190</v>
+      </c>
+      <c r="D61" t="s">
+        <v>72</v>
+      </c>
+      <c r="E61" t="s">
+        <v>73</v>
+      </c>
+      <c r="F61" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H61" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>211</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>193</v>
+      </c>
+      <c r="D62" t="s">
+        <v>72</v>
+      </c>
+      <c r="E62" t="s">
+        <v>73</v>
+      </c>
+      <c r="F62" t="s">
+        <v>60</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H62" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>214</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>196</v>
+      </c>
+      <c r="D63" t="s">
+        <v>72</v>
+      </c>
+      <c r="E63" t="s">
+        <v>73</v>
+      </c>
+      <c r="F63" t="s">
+        <v>60</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H63" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>217</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>199</v>
+      </c>
+      <c r="D64" t="s">
+        <v>72</v>
+      </c>
+      <c r="E64" t="s">
+        <v>73</v>
+      </c>
+      <c r="F64" t="s">
+        <v>60</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H64" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>220</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>202</v>
+      </c>
+      <c r="D65" t="s">
+        <v>72</v>
+      </c>
+      <c r="E65" t="s">
+        <v>73</v>
+      </c>
+      <c r="F65" t="s">
+        <v>60</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H65" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>223</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>205</v>
+      </c>
+      <c r="D66" t="s">
+        <v>72</v>
+      </c>
+      <c r="E66" t="s">
+        <v>73</v>
+      </c>
+      <c r="F66" t="s">
+        <v>60</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H66" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>226</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>208</v>
+      </c>
+      <c r="D67" t="s">
+        <v>72</v>
+      </c>
+      <c r="E67" t="s">
+        <v>73</v>
+      </c>
+      <c r="F67" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H67" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>229</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>211</v>
+      </c>
+      <c r="D68" t="s">
+        <v>72</v>
+      </c>
+      <c r="E68" t="s">
+        <v>73</v>
+      </c>
+      <c r="F68" t="s">
+        <v>60</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H68" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>232</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>220</v>
+      </c>
+      <c r="D69" t="s">
+        <v>72</v>
+      </c>
+      <c r="E69" t="s">
+        <v>73</v>
+      </c>
+      <c r="F69" t="s">
+        <v>42</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H69" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>235</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>223</v>
+      </c>
+      <c r="D70" t="s">
+        <v>72</v>
+      </c>
+      <c r="E70" t="s">
+        <v>73</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H70" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>238</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" t="s">
+        <v>72</v>
+      </c>
+      <c r="E71" t="s">
+        <v>73</v>
+      </c>
+      <c r="F71" t="s">
+        <v>33</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H71" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>241</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>229</v>
+      </c>
+      <c r="D72" t="s">
+        <v>72</v>
+      </c>
+      <c r="E72" t="s">
+        <v>73</v>
+      </c>
+      <c r="F72" t="s">
+        <v>42</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H72" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>244</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>245</v>
+      </c>
+      <c r="E73" t="s">
+        <v>246</v>
+      </c>
+      <c r="F73" t="s">
+        <v>28</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H73" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>249</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" t="s">
+        <v>245</v>
+      </c>
+      <c r="E74" t="s">
+        <v>246</v>
+      </c>
+      <c r="F74" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H74" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>252</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>22</v>
+      </c>
+      <c r="D75" t="s">
+        <v>245</v>
+      </c>
+      <c r="E75" t="s">
+        <v>246</v>
+      </c>
+      <c r="F75" t="s">
+        <v>28</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H75" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>255</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>27</v>
+      </c>
+      <c r="D76" t="s">
+        <v>245</v>
+      </c>
+      <c r="E76" t="s">
+        <v>246</v>
+      </c>
+      <c r="F76" t="s">
+        <v>42</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H76" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>258</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>32</v>
+      </c>
+      <c r="D77" t="s">
+        <v>245</v>
+      </c>
+      <c r="E77" t="s">
+        <v>246</v>
+      </c>
+      <c r="F77" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H77" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>261</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" t="s">
+        <v>245</v>
+      </c>
+      <c r="E78" t="s">
+        <v>246</v>
+      </c>
+      <c r="F78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H78" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>264</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>41</v>
+      </c>
+      <c r="D79" t="s">
+        <v>245</v>
+      </c>
+      <c r="E79" t="s">
+        <v>246</v>
+      </c>
+      <c r="F79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H79" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>267</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>46</v>
+      </c>
+      <c r="D80" t="s">
+        <v>245</v>
+      </c>
+      <c r="E80" t="s">
+        <v>246</v>
+      </c>
+      <c r="F80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H80" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>270</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>50</v>
+      </c>
+      <c r="D81" t="s">
+        <v>245</v>
+      </c>
+      <c r="E81" t="s">
+        <v>246</v>
+      </c>
+      <c r="F81" t="s">
+        <v>271</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H81" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>274</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
+        <v>275</v>
+      </c>
+      <c r="E82" t="s">
+        <v>276</v>
+      </c>
+      <c r="F82" t="s">
+        <v>277</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H82" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>279</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" t="s">
+        <v>275</v>
+      </c>
+      <c r="E83" t="s">
+        <v>276</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H83" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>282</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>22</v>
+      </c>
+      <c r="D84" t="s">
+        <v>275</v>
+      </c>
+      <c r="E84" t="s">
+        <v>276</v>
+      </c>
+      <c r="F84" t="s">
+        <v>28</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H84" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>285</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>27</v>
+      </c>
+      <c r="D85" t="s">
+        <v>275</v>
+      </c>
+      <c r="E85" t="s">
+        <v>276</v>
+      </c>
+      <c r="F85" t="s">
+        <v>28</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H85" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>288</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D86" t="s">
+        <v>275</v>
+      </c>
+      <c r="E86" t="s">
+        <v>276</v>
+      </c>
+      <c r="F86" t="s">
+        <v>28</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H86" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>291</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" t="s">
+        <v>275</v>
+      </c>
+      <c r="E87" t="s">
+        <v>276</v>
+      </c>
+      <c r="F87" t="s">
+        <v>277</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H87" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>294</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>46</v>
+      </c>
+      <c r="D88" t="s">
+        <v>275</v>
+      </c>
+      <c r="E88" t="s">
+        <v>276</v>
+      </c>
+      <c r="F88" t="s">
+        <v>33</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H88" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>297</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>50</v>
+      </c>
+      <c r="D89" t="s">
+        <v>275</v>
+      </c>
+      <c r="E89" t="s">
+        <v>276</v>
+      </c>
+      <c r="F89" t="s">
+        <v>18</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H89" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>300</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>301</v>
+      </c>
+      <c r="D90" t="s">
+        <v>275</v>
+      </c>
+      <c r="E90" t="s">
+        <v>276</v>
+      </c>
+      <c r="F90" t="s">
+        <v>56</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H90" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>304</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>100</v>
+      </c>
+      <c r="D91" t="s">
+        <v>275</v>
+      </c>
+      <c r="E91" t="s">
+        <v>276</v>
+      </c>
+      <c r="F91" t="s">
+        <v>56</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H91" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>307</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>53</v>
+      </c>
+      <c r="D92" t="s">
+        <v>275</v>
+      </c>
+      <c r="E92" t="s">
+        <v>276</v>
+      </c>
+      <c r="F92" t="s">
+        <v>56</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H92" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>310</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>16</v>
+      </c>
+      <c r="D93" t="s">
+        <v>275</v>
+      </c>
+      <c r="E93" t="s">
+        <v>276</v>
+      </c>
+      <c r="F93" t="s">
+        <v>311</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H93" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>314</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" t="s">
+        <v>275</v>
+      </c>
+      <c r="E94" t="s">
+        <v>276</v>
+      </c>
+      <c r="F94" t="s">
+        <v>311</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H94" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>317</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>80</v>
+      </c>
+      <c r="D95" t="s">
+        <v>275</v>
+      </c>
+      <c r="E95" t="s">
+        <v>276</v>
+      </c>
+      <c r="F95" t="s">
+        <v>311</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H95" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>320</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>26</v>
+      </c>
+      <c r="D96" t="s">
+        <v>275</v>
+      </c>
+      <c r="E96" t="s">
+        <v>276</v>
+      </c>
+      <c r="F96" t="s">
+        <v>37</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H96" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>323</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>59</v>
+      </c>
+      <c r="D97" t="s">
+        <v>275</v>
+      </c>
+      <c r="E97" t="s">
+        <v>276</v>
+      </c>
+      <c r="F97" t="s">
+        <v>311</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H97" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>326</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>83</v>
+      </c>
+      <c r="D98" t="s">
+        <v>275</v>
+      </c>
+      <c r="E98" t="s">
+        <v>276</v>
+      </c>
+      <c r="F98" t="s">
+        <v>311</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H98" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>329</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" t="s">
+        <v>275</v>
+      </c>
+      <c r="E99" t="s">
+        <v>276</v>
+      </c>
+      <c r="F99" t="s">
+        <v>28</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H99" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>332</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>90</v>
+      </c>
+      <c r="D100" t="s">
+        <v>275</v>
+      </c>
+      <c r="E100" t="s">
+        <v>276</v>
+      </c>
+      <c r="F100" t="s">
+        <v>333</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H100" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>336</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>93</v>
+      </c>
+      <c r="D101" t="s">
+        <v>275</v>
+      </c>
+      <c r="E101" t="s">
+        <v>276</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H101" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>339</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>96</v>
+      </c>
+      <c r="D102" t="s">
+        <v>275</v>
+      </c>
+      <c r="E102" t="s">
+        <v>276</v>
+      </c>
+      <c r="F102" t="s">
+        <v>33</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H102" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>342</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>103</v>
+      </c>
+      <c r="D103" t="s">
+        <v>275</v>
+      </c>
+      <c r="E103" t="s">
+        <v>276</v>
+      </c>
+      <c r="F103" t="s">
+        <v>33</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H103" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>345</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>106</v>
+      </c>
+      <c r="D104" t="s">
+        <v>275</v>
+      </c>
+      <c r="E104" t="s">
+        <v>276</v>
+      </c>
+      <c r="F104" t="s">
+        <v>60</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H104" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>348</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>31</v>
+      </c>
+      <c r="D105" t="s">
+        <v>275</v>
+      </c>
+      <c r="E105" t="s">
+        <v>276</v>
+      </c>
+      <c r="F105" t="s">
+        <v>349</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H105" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>352</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>109</v>
+      </c>
+      <c r="D106" t="s">
+        <v>275</v>
+      </c>
+      <c r="E106" t="s">
+        <v>276</v>
+      </c>
+      <c r="F106" t="s">
+        <v>349</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H106" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>355</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>36</v>
+      </c>
+      <c r="D107" t="s">
+        <v>275</v>
+      </c>
+      <c r="E107" t="s">
+        <v>276</v>
+      </c>
+      <c r="F107" t="s">
+        <v>33</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H107" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>358</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>112</v>
+      </c>
+      <c r="D108" t="s">
+        <v>275</v>
+      </c>
+      <c r="E108" t="s">
+        <v>276</v>
+      </c>
+      <c r="F108" t="s">
+        <v>311</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H108" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>361</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>115</v>
+      </c>
+      <c r="D109" t="s">
+        <v>275</v>
+      </c>
+      <c r="E109" t="s">
+        <v>276</v>
+      </c>
+      <c r="F109" t="s">
+        <v>311</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H109" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>363</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>118</v>
+      </c>
+      <c r="D110" t="s">
+        <v>275</v>
+      </c>
+      <c r="E110" t="s">
+        <v>276</v>
+      </c>
+      <c r="F110" t="s">
+        <v>311</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H110" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>366</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>45</v>
+      </c>
+      <c r="D111" t="s">
+        <v>275</v>
+      </c>
+      <c r="E111" t="s">
+        <v>276</v>
+      </c>
+      <c r="F111" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H111" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>369</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>49</v>
+      </c>
+      <c r="D112" t="s">
+        <v>275</v>
+      </c>
+      <c r="E112" t="s">
+        <v>276</v>
+      </c>
+      <c r="F112" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H112" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>372</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>124</v>
+      </c>
+      <c r="D113" t="s">
+        <v>275</v>
+      </c>
+      <c r="E113" t="s">
+        <v>276</v>
+      </c>
+      <c r="F113" t="s">
+        <v>277</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H113" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>375</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>66</v>
+      </c>
+      <c r="D114" t="s">
+        <v>275</v>
+      </c>
+      <c r="E114" t="s">
+        <v>276</v>
+      </c>
+      <c r="F114" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H114" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>378</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>69</v>
+      </c>
+      <c r="D115" t="s">
+        <v>275</v>
+      </c>
+      <c r="E115" t="s">
+        <v>276</v>
+      </c>
+      <c r="F115" t="s">
+        <v>349</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H115" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>381</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>127</v>
+      </c>
+      <c r="D116" t="s">
+        <v>275</v>
+      </c>
+      <c r="E116" t="s">
+        <v>276</v>
+      </c>
+      <c r="F116" t="s">
+        <v>349</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H116" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>384</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>130</v>
+      </c>
+      <c r="D117" t="s">
+        <v>275</v>
+      </c>
+      <c r="E117" t="s">
+        <v>276</v>
+      </c>
+      <c r="F117" t="s">
+        <v>349</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H117" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>387</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>133</v>
+      </c>
+      <c r="D118" t="s">
+        <v>275</v>
+      </c>
+      <c r="E118" t="s">
+        <v>276</v>
+      </c>
+      <c r="F118" t="s">
+        <v>349</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H118" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>390</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>136</v>
+      </c>
+      <c r="D119" t="s">
+        <v>275</v>
+      </c>
+      <c r="E119" t="s">
+        <v>276</v>
+      </c>
+      <c r="F119" t="s">
+        <v>33</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H119" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>393</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>139</v>
+      </c>
+      <c r="D120" t="s">
+        <v>275</v>
+      </c>
+      <c r="E120" t="s">
+        <v>276</v>
+      </c>
+      <c r="F120" t="s">
+        <v>23</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H120" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>396</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>148</v>
+      </c>
+      <c r="D121" t="s">
+        <v>275</v>
+      </c>
+      <c r="E121" t="s">
+        <v>276</v>
+      </c>
+      <c r="F121" t="s">
+        <v>33</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H121" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>399</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>151</v>
+      </c>
+      <c r="D122" t="s">
+        <v>275</v>
+      </c>
+      <c r="E122" t="s">
+        <v>276</v>
+      </c>
+      <c r="F122" t="s">
+        <v>33</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H122" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>402</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>160</v>
+      </c>
+      <c r="D123" t="s">
+        <v>275</v>
+      </c>
+      <c r="E123" t="s">
+        <v>276</v>
+      </c>
+      <c r="F123" t="s">
+        <v>33</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H123" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>405</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>163</v>
+      </c>
+      <c r="D124" t="s">
+        <v>275</v>
+      </c>
+      <c r="E124" t="s">
+        <v>276</v>
+      </c>
+      <c r="F124" t="s">
+        <v>33</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H124" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>408</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>184</v>
+      </c>
+      <c r="D125" t="s">
+        <v>275</v>
+      </c>
+      <c r="E125" t="s">
+        <v>276</v>
+      </c>
+      <c r="F125" t="s">
+        <v>349</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H125" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>411</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>187</v>
+      </c>
+      <c r="D126" t="s">
+        <v>275</v>
+      </c>
+      <c r="E126" t="s">
+        <v>276</v>
+      </c>
+      <c r="F126" t="s">
+        <v>277</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H126" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>414</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>190</v>
+      </c>
+      <c r="D127" t="s">
+        <v>275</v>
+      </c>
+      <c r="E127" t="s">
+        <v>276</v>
+      </c>
+      <c r="F127" t="s">
+        <v>277</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H127" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>417</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>193</v>
+      </c>
+      <c r="D128" t="s">
+        <v>275</v>
+      </c>
+      <c r="E128" t="s">
+        <v>276</v>
+      </c>
+      <c r="F128" t="s">
+        <v>277</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H128" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>420</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>196</v>
+      </c>
+      <c r="D129" t="s">
+        <v>275</v>
+      </c>
+      <c r="E129" t="s">
+        <v>276</v>
+      </c>
+      <c r="F129" t="s">
+        <v>23</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H129" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>423</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>202</v>
+      </c>
+      <c r="D130" t="s">
+        <v>275</v>
+      </c>
+      <c r="E130" t="s">
+        <v>276</v>
+      </c>
+      <c r="F130" t="s">
+        <v>311</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H130" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>426</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>205</v>
+      </c>
+      <c r="D131" t="s">
+        <v>275</v>
+      </c>
+      <c r="E131" t="s">
+        <v>276</v>
+      </c>
+      <c r="F131" t="s">
+        <v>311</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H131" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>429</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>208</v>
+      </c>
+      <c r="D132" t="s">
+        <v>275</v>
+      </c>
+      <c r="E132" t="s">
+        <v>276</v>
+      </c>
+      <c r="F132" t="s">
+        <v>349</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H132" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>432</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>211</v>
+      </c>
+      <c r="D133" t="s">
+        <v>275</v>
+      </c>
+      <c r="E133" t="s">
+        <v>276</v>
+      </c>
+      <c r="F133" t="s">
+        <v>23</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H133" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>435</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>214</v>
+      </c>
+      <c r="D134" t="s">
+        <v>275</v>
+      </c>
+      <c r="E134" t="s">
+        <v>276</v>
+      </c>
+      <c r="F134" t="s">
+        <v>23</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H134" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>438</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>217</v>
+      </c>
+      <c r="D135" t="s">
+        <v>275</v>
+      </c>
+      <c r="E135" t="s">
+        <v>276</v>
+      </c>
+      <c r="F135" t="s">
+        <v>277</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H135" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>441</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>220</v>
+      </c>
+      <c r="D136" t="s">
+        <v>275</v>
+      </c>
+      <c r="E136" t="s">
+        <v>276</v>
+      </c>
+      <c r="F136" t="s">
+        <v>33</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H136" t="s">
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>